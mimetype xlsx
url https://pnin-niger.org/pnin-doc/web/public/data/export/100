--- v0 (2025-10-24)
+++ v1 (2026-03-23)
@@ -438,81 +438,81 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:702">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G1" s="2">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="H1" s="2">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I1" s="2">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J1" s="2">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="K1" s="2">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="L1" s="2">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M1" s="2">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="N1" s="2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="O1" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="P1" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
       <c r="AA1" s="2"/>
       <c r="AB1" s="2"/>
       <c r="AC1" s="2"/>
       <c r="AD1" s="2"/>
       <c r="AE1" s="2"/>
       <c r="AF1" s="2"/>
       <c r="AG1" s="2"/>
       <c r="AH1" s="2"/>
       <c r="AI1" s="2"/>
       <c r="AJ1" s="2"/>
       <c r="AK1" s="2"/>
       <c r="AL1" s="2"/>
       <c r="AM1" s="2"/>
       <c r="AN1" s="2"/>