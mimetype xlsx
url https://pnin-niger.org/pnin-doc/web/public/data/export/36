--- v0 (2025-10-28)
+++ v1 (2026-03-25)
@@ -465,81 +465,81 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:702">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G1" s="2">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="H1" s="2">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I1" s="2">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J1" s="2">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="K1" s="2">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="L1" s="2">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M1" s="2">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="N1" s="2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="O1" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="P1" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
       <c r="AA1" s="2"/>
       <c r="AB1" s="2"/>
       <c r="AC1" s="2"/>
       <c r="AD1" s="2"/>
       <c r="AE1" s="2"/>
       <c r="AF1" s="2"/>
       <c r="AG1" s="2"/>
       <c r="AH1" s="2"/>
       <c r="AI1" s="2"/>
       <c r="AJ1" s="2"/>
       <c r="AK1" s="2"/>
       <c r="AL1" s="2"/>
       <c r="AM1" s="2"/>
       <c r="AN1" s="2"/>
@@ -1257,64 +1257,62 @@
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
     </row>
     <row r="4" spans="1:702">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F4">
-        <v>1648.198689956332</v>
+        <v>1485.142118863049</v>
       </c>
       <c r="G4">
-        <v>1485.142118863049</v>
+        <v>1524.966711051931</v>
       </c>
       <c r="H4">
-        <v>1524.966711051931</v>
+        <v>4620.464340330877</v>
       </c>
       <c r="I4">
-        <v>4620.464340330877</v>
-[...1 lines deleted...]
-      <c r="J4">
         <v>3533.795049377966</v>
       </c>
+      <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
@@ -1351,64 +1349,62 @@
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F7">
-        <v>1597.677595628415</v>
+        <v>1758.91496494971</v>
       </c>
       <c r="G7">
-        <v>1758.91496494971</v>
+        <v>1447.654941373534</v>
       </c>
       <c r="H7">
-        <v>1447.654941373534</v>
+        <v>4197.226397048777</v>
       </c>
       <c r="I7">
-        <v>4197.226397048777</v>
-[...1 lines deleted...]
-      <c r="J7">
         <v>5443.956668666898</v>
       </c>
+      <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
@@ -1444,63 +1440,63 @@
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F10"/>
+      <c r="F10">
+        <v>871.0900473933649</v>
+      </c>
       <c r="G10">
-        <v>871.0900473933649</v>
+        <v>980.5352798053528</v>
       </c>
       <c r="H10">
-        <v>980.5352798053528</v>
+        <v>1763.092269326683</v>
       </c>
       <c r="I10">
-        <v>1763.092269326683</v>
-[...1 lines deleted...]
-      <c r="J10">
         <v>3869.350862777321</v>
       </c>
+      <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="2"/>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
     </row>
     <row r="12" spans="1:702">
       <c r="A12" s="2"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
     </row>
     <row r="13" spans="1:702">
       <c r="A13" s="2"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>