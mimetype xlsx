--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -480,81 +480,81 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:702">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G1" s="2">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="H1" s="2">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I1" s="2">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J1" s="2">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="K1" s="2">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="L1" s="2">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M1" s="2">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="N1" s="2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="O1" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="P1" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
       <c r="AA1" s="2"/>
       <c r="AB1" s="2"/>
       <c r="AC1" s="2"/>
       <c r="AD1" s="2"/>
       <c r="AE1" s="2"/>
       <c r="AF1" s="2"/>
       <c r="AG1" s="2"/>
       <c r="AH1" s="2"/>
       <c r="AI1" s="2"/>
       <c r="AJ1" s="2"/>
       <c r="AK1" s="2"/>
       <c r="AL1" s="2"/>
       <c r="AM1" s="2"/>
       <c r="AN1" s="2"/>
@@ -1271,63 +1271,63 @@
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
     </row>
     <row r="4" spans="1:702">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F4"/>
+      <c r="F4">
+        <v>35880.02980037432</v>
+      </c>
       <c r="G4">
-        <v>35880.02980037432</v>
+        <v>40652.0737638241</v>
       </c>
       <c r="H4">
-        <v>40652.0737638241</v>
+        <v>33282.38164076617</v>
       </c>
       <c r="I4">
-        <v>33282.38164076617</v>
-[...1 lines deleted...]
-      <c r="J4">
         <v>31450</v>
       </c>
+      <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
@@ -1363,63 +1363,63 @@
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F7"/>
+      <c r="F7">
+        <v>16318.23876968784</v>
+      </c>
       <c r="G7">
-        <v>16318.23876968784</v>
+        <v>8936.87438446602</v>
       </c>
       <c r="H7">
-        <v>8936.87438446602</v>
+        <v>29084.78802992518</v>
       </c>
       <c r="I7">
-        <v>29084.78802992518</v>
-[...1 lines deleted...]
-      <c r="J7">
         <v>29274.45932028836</v>
       </c>
+      <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
@@ -1455,63 +1455,63 @@
       <c r="I9"/>
       <c r="J9"/>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F10"/>
+      <c r="F10">
+        <v>26666.25151240719</v>
+      </c>
       <c r="G10">
-        <v>26666.25151240719</v>
+        <v>28839.55101066837</v>
       </c>
       <c r="H10">
-        <v>28839.55101066837</v>
+        <v>28012.12531179977</v>
       </c>
       <c r="I10">
-        <v>28012.12531179977</v>
-[...1 lines deleted...]
-      <c r="J10">
         <v>30500.10204081633</v>
       </c>
+      <c r="J10"/>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10"/>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:702">
       <c r="A11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
@@ -1547,63 +1547,63 @@
       <c r="I12"/>
       <c r="J12"/>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12"/>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:702">
       <c r="A13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F13"/>
+      <c r="F13">
+        <v>24997.82250290691</v>
+      </c>
       <c r="G13">
-        <v>24997.82250290691</v>
+        <v>26777.66746511388</v>
       </c>
       <c r="H13">
-        <v>26777.66746511388</v>
+        <v>31322.9504876002</v>
       </c>
       <c r="I13">
-        <v>31322.9504876002</v>
-[...1 lines deleted...]
-      <c r="J13">
         <v>31491.24411918452</v>
       </c>
+      <c r="J13"/>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:702">
       <c r="A14" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
@@ -1639,63 +1639,63 @@
       <c r="I15"/>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:702">
       <c r="A16" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F16"/>
+      <c r="F16">
+        <v>33730.64876346766</v>
+      </c>
       <c r="G16">
-        <v>33730.64876346766</v>
+        <v>35437.41959089912</v>
       </c>
       <c r="H16">
-        <v>35437.41959089912</v>
+        <v>36544.09846133892</v>
       </c>
       <c r="I16">
-        <v>36544.09846133892</v>
-[...1 lines deleted...]
-      <c r="J16">
         <v>37580.33790507506</v>
       </c>
+      <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:702">
       <c r="A17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
@@ -1731,63 +1731,63 @@
       <c r="I18"/>
       <c r="J18"/>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:702">
       <c r="A19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F19"/>
+      <c r="F19">
+        <v>31714.06614186123</v>
+      </c>
       <c r="G19">
-        <v>31714.06614186123</v>
+        <v>34298.76253242292</v>
       </c>
       <c r="H19">
-        <v>34298.76253242292</v>
+        <v>35825.47437613613</v>
       </c>
       <c r="I19">
-        <v>35825.47437613613</v>
-[...1 lines deleted...]
-      <c r="J19">
         <v>35214.22985216977</v>
       </c>
+      <c r="J19"/>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:702">
       <c r="A20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
@@ -1823,63 +1823,63 @@
       <c r="I21"/>
       <c r="J21"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:702">
       <c r="A22" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F22"/>
+      <c r="F22">
+        <v>25824.6689652388</v>
+      </c>
       <c r="G22">
-        <v>25824.6689652388</v>
+        <v>27663.38539556381</v>
       </c>
       <c r="H22">
-        <v>27663.38539556381</v>
+        <v>26843.48740351935</v>
       </c>
       <c r="I22">
-        <v>26843.48740351935</v>
-[...1 lines deleted...]
-      <c r="J22">
         <v>31297.21060454184</v>
       </c>
+      <c r="J22"/>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:702">
       <c r="A23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
@@ -1915,63 +1915,63 @@
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:702">
       <c r="A25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F25"/>
+      <c r="F25">
+        <v>22258.86240512756</v>
+      </c>
       <c r="G25">
-        <v>22258.86240512756</v>
+        <v>23614.42712559983</v>
       </c>
       <c r="H25">
-        <v>23614.42712559983</v>
+        <v>37136.57541549802</v>
       </c>
       <c r="I25">
-        <v>37136.57541549802</v>
-[...1 lines deleted...]
-      <c r="J25">
         <v>25509.11111111111</v>
       </c>
+      <c r="J25"/>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:702">
       <c r="A26" s="2"/>
       <c r="B26" s="1"/>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
     </row>
     <row r="27" spans="1:702">
       <c r="A27" s="2"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
     </row>
     <row r="28" spans="1:702">
       <c r="A28" s="2"/>
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>