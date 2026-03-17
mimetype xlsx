--- v0 (2025-10-18)
+++ v1 (2026-03-17)
@@ -462,81 +462,81 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:702">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G1" s="2">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="H1" s="2">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="I1" s="2">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J1" s="2">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="K1" s="2">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="L1" s="2">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M1" s="2">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="N1" s="2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="O1" s="2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="P1" s="2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
       <c r="AA1" s="2"/>
       <c r="AB1" s="2"/>
       <c r="AC1" s="2"/>
       <c r="AD1" s="2"/>
       <c r="AE1" s="2"/>
       <c r="AF1" s="2"/>
       <c r="AG1" s="2"/>
       <c r="AH1" s="2"/>
       <c r="AI1" s="2"/>
       <c r="AJ1" s="2"/>
       <c r="AK1" s="2"/>
       <c r="AL1" s="2"/>
       <c r="AM1" s="2"/>
       <c r="AN1" s="2"/>
@@ -1253,63 +1253,63 @@
       <c r="I3"/>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
     </row>
     <row r="4" spans="1:702">
       <c r="A4" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F4"/>
+      <c r="F4">
+        <v>88511.92819414679</v>
+      </c>
       <c r="G4">
-        <v>88511.92819414679</v>
+        <v>103498.5731497377</v>
       </c>
       <c r="H4">
-        <v>103498.5731497377</v>
+        <v>104107.25</v>
       </c>
       <c r="I4">
-        <v>104107.25</v>
-[...1 lines deleted...]
-      <c r="J4">
         <v>151003.5</v>
       </c>
+      <c r="J4"/>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:702">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
@@ -1345,63 +1345,63 @@
       <c r="I6"/>
       <c r="J6"/>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6"/>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:702">
       <c r="A7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="F7"/>
+      <c r="F7">
+        <v>118934.99341542</v>
+      </c>
       <c r="G7">
-        <v>118934.99341542</v>
+        <v>137748.3019402616</v>
       </c>
       <c r="H7">
-        <v>137748.3019402616</v>
+        <v>148494.8</v>
       </c>
       <c r="I7">
-        <v>148494.8</v>
-[...1 lines deleted...]
-      <c r="J7">
         <v>164593.35</v>
       </c>
+      <c r="J7"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:702">
       <c r="A8" s="2"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
     </row>
     <row r="9" spans="1:702">
       <c r="A9" s="2"/>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
     </row>
     <row r="10" spans="1:702">
       <c r="A10" s="2"/>
       <c r="B10" s="1"/>
       <c r="C10" s="1"/>